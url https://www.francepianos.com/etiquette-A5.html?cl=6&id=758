--- v0 (2025-10-16)
+++ v1 (2026-01-29)
@@ -105,51 +105,51 @@
           <w:szCs w:val="60"/>
         </w:rPr>
         <w:t>blanc brillant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Markedcontent"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Markedcontent"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Piano droit d'occasion traditionnel YAMAHA B2 blanc avec consoles et roulettes</w:t>
+        <w:t>Piano droit d'occasion traditionnel YAMAHA B3 blanc avec consoles et roulettes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Markedcontent"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Markedcontent"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>