--- v0 (2025-12-18)
+++ v1 (2026-03-04)
@@ -72,84 +72,84 @@
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Markedcontent"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="120"/>
           <w:szCs w:val="120"/>
         </w:rPr>
         <w:t>YAMAHA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Markedcontent"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="68"/>
           <w:szCs w:val="68"/>
         </w:rPr>
-        <w:t>Piano droit B3-SILENT</w:t>
+        <w:t>Piano droit d'occasion B3-SILENT</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Markedcontent"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="60"/>
           <w:szCs w:val="60"/>
         </w:rPr>
         <w:t>noir brillant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Markedcontent"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Markedcontent"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Piano droit d'occasion traditionnel YAMAHA B3 noir. Il possède un son riche et puissant, idéal pour les pianistes de tous niveaux</w:t>
+        <w:t>Piano droit d'occasion Silent YAMAHA B3 noir. Il possède un son riche et puissant, idéal pour les pianistes de tous niveaux</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Markedcontent"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Markedcontent"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>