--- v0 (2025-10-27)
+++ v1 (2025-12-13)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/_rels/document.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14 wp14"><w:body><w:p><w:pPr><w:pStyle w:val="Normal"/><w:rPr><w:rStyle w:val="Markedcontent"/><w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/><w:sz w:val="120"/><w:szCs w:val="120"/></w:rPr></w:pPr><w:r><w:rPr><w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/><w:sz w:val="120"/><w:szCs w:val="120"/></w:rPr></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Normal"/><w:rPr><w:rStyle w:val="Markedcontent"/><w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/><w:sz w:val="120"/><w:szCs w:val="120"/></w:rPr></w:pPr><w:r><w:rPr><w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/><w:sz w:val="120"/><w:szCs w:val="120"/></w:rPr></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Normal"/><w:spacing w:before="0" w:after="160"/><w:jc w:val="center"/><w:rPr></w:rPr></w:pPr><w:r><w:rPr><w:rStyle w:val="Markedcontent"/><w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/><w:b/><w:bCs/><w:sz w:val="120"/><w:szCs w:val="120"/></w:rPr><w:t>BOSTON</w:t></w:r><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:br/></w:r><w:r><w:rPr><w:rStyle w:val="Markedcontent"/><w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/><w:sz w:val="68"/><w:szCs w:val="68"/></w:rPr><w:t>Piano à queue GP-178. Conçu par Steinway & Sons</w:t><w:br/></w:r><w:r><w:rPr><w:rStyle w:val="Markedcontent"/><w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/><w:sz w:val="60"/><w:szCs w:val="60"/></w:rPr><w:t>noir brillant</w:t></w:r><w:r><w:rPr><w:sz w:val="16"/><w:szCs w:val="16"/></w:rPr><w:br/></w:r><w:r><w:rPr><w:rStyle w:val="Markedcontent"/><w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/></w:rPr><w:br/></w:r><w:r><w:rPr><w:rStyle w:val="Markedcontent"/><w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/><w:sz w:val="24"/><w:szCs w:val="24"/></w:rPr><w:t>Le Piano à queue BOSTON  GP-178 créé par Steinway & Sons, offre une sonorité riche et un design raffiné, pour les pianistes exigeants</w:t></w:r><w:r><w:rPr><w:rStyle w:val="Markedcontent"/><w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/><w:sz w:val="28"/><w:szCs w:val="28"/></w:rPr><w:br/></w:r><w:r><w:rPr><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:br/></w:r><w:r><w:rPr><w:rStyle w:val="Markedcontent"/><w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/><w:b/><w:sz w:val="48"/><w:szCs w:val="48"/></w:rPr><w:t>Prix modèle exposé 0 €</w:t></w:r><w:r><w:rPr><w:rStyle w:val="Markedcontent"/><w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/><w:sz w:val="32"/><w:szCs w:val="32"/></w:rPr><w:br/><w:t>Hors frais de livraison</w:t></w:r></w:p><w:sectPr><w:type w:val="nextPage"/><w:pgSz w:w="8391" w:h="11906"/><w:pgMar w:left="720" w:right="720" w:header="0" w:top="720" w:footer="0" w:bottom="720" w:gutter="0"/><w:pgNumType w:fmt="decimal"/><w:formProt w:val="false"/><w:textDirection w:val="lrTb"/><w:docGrid w:type="default" w:linePitch="360" w:charSpace="4096"/></w:sectPr></w:body></w:document>
+<w:document xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14 wp14"><w:body><w:p><w:pPr><w:pStyle w:val="Normal"/><w:rPr><w:rStyle w:val="Markedcontent"/><w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/><w:sz w:val="120"/><w:szCs w:val="120"/></w:rPr></w:pPr><w:r><w:rPr><w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/><w:sz w:val="120"/><w:szCs w:val="120"/></w:rPr></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Normal"/><w:rPr><w:rStyle w:val="Markedcontent"/><w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/><w:sz w:val="120"/><w:szCs w:val="120"/></w:rPr></w:pPr><w:r><w:rPr><w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/><w:sz w:val="120"/><w:szCs w:val="120"/></w:rPr></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Normal"/><w:spacing w:before="0" w:after="160"/><w:jc w:val="center"/><w:rPr></w:rPr></w:pPr><w:r><w:rPr><w:rStyle w:val="Markedcontent"/><w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/><w:b/><w:bCs/><w:sz w:val="120"/><w:szCs w:val="120"/></w:rPr><w:t>BOSTON</w:t></w:r><w:r><w:rPr><w:b/><w:bCs/></w:rPr><w:br/></w:r><w:r><w:rPr><w:rStyle w:val="Markedcontent"/><w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/><w:sz w:val="68"/><w:szCs w:val="68"/></w:rPr><w:t>Piano à queue GP-178. Conçu par Steinway & Sons</w:t><w:br/></w:r><w:r><w:rPr><w:rStyle w:val="Markedcontent"/><w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/><w:sz w:val="60"/><w:szCs w:val="60"/></w:rPr><w:t>noir brillant</w:t></w:r><w:r><w:rPr><w:sz w:val="16"/><w:szCs w:val="16"/></w:rPr><w:br/></w:r><w:r><w:rPr><w:rStyle w:val="Markedcontent"/><w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/></w:rPr><w:br/></w:r><w:r><w:rPr><w:rStyle w:val="Markedcontent"/><w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/><w:sz w:val="24"/><w:szCs w:val="24"/></w:rPr><w:t>Le Piano à queue BOSTON  GP-178 par Steinway & Sons, offre une sonorité riche et un design raffiné, pour les pianistes exigeants</w:t></w:r><w:r><w:rPr><w:rStyle w:val="Markedcontent"/><w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/><w:sz w:val="28"/><w:szCs w:val="28"/></w:rPr><w:br/></w:r><w:r><w:rPr><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:br/></w:r><w:r><w:rPr><w:rStyle w:val="Markedcontent"/><w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/><w:b/><w:sz w:val="48"/><w:szCs w:val="48"/></w:rPr><w:t>Prix modèle exposé 0 €</w:t></w:r><w:r><w:rPr><w:rStyle w:val="Markedcontent"/><w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/><w:sz w:val="32"/><w:szCs w:val="32"/></w:rPr><w:br/><w:t>Hors frais de livraison</w:t></w:r></w:p><w:sectPr><w:type w:val="nextPage"/><w:pgSz w:w="8391" w:h="11906"/><w:pgMar w:left="720" w:right="720" w:header="0" w:top="720" w:footer="0" w:bottom="720" w:gutter="0"/><w:pgNumType w:fmt="decimal"/><w:formProt w:val="false"/><w:textDirection w:val="lrTb"/><w:docGrid w:type="default" w:linePitch="360" w:charSpace="4096"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <w:font w:name="Times New Roman">
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>