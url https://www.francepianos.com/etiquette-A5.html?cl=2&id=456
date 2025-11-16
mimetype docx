--- v0 (2025-10-02)
+++ v1 (2025-11-16)
@@ -72,84 +72,84 @@
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Markedcontent"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="100"/>
           <w:szCs w:val="100"/>
         </w:rPr>
         <w:t>BECHSTEIN</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Markedcontent"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="68"/>
           <w:szCs w:val="68"/>
         </w:rPr>
-        <w:t>Piano droit A114 MODERN</w:t>
+        <w:t>Piano droit ACADEMY A2</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Markedcontent"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="60"/>
           <w:szCs w:val="60"/>
         </w:rPr>
         <w:t>noir brillant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Markedcontent"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Markedcontent"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Piano droit C. Bechstein Academy A 114 Modern et Modern Chrome Art</w:t>
+        <w:t>Piano droit C. Bechstein Academy A2. Un piano droit moderne et classique à la fois. A notre avis un trèsbon choix musical</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Markedcontent"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Markedcontent"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>