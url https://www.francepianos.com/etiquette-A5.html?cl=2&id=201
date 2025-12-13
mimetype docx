--- v0 (2025-11-03)
+++ v1 (2025-12-13)
@@ -72,51 +72,51 @@
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Markedcontent"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="120"/>
           <w:szCs w:val="120"/>
         </w:rPr>
         <w:t>HOFFMANN</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Markedcontent"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="68"/>
           <w:szCs w:val="68"/>
         </w:rPr>
-        <w:t>T122</w:t>
+        <w:t>Piano droit T122</w:t>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Markedcontent"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="60"/>
           <w:szCs w:val="60"/>
         </w:rPr>
         <w:t>noir brillant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Markedcontent"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:br/>
       </w:r>